--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -143,51 +143,51 @@
   <si>
     <t>Dotyk</t>
   </si>
   <si>
     <t>Touchscreen Technologie</t>
   </si>
   <si>
     <t>DeepContrast-PCAP</t>
   </si>
   <si>
     <t>Touchpunkte</t>
   </si>
   <si>
     <t>20 (HID, pouze s podporovanými OS)</t>
   </si>
   <si>
     <t>Přesnost dotyku</t>
   </si>
   <si>
     <t>+- 2.5mm</t>
   </si>
   <si>
     <t>Metoda dotyku</t>
   </si>
   <si>
-    <t>stylus, prst, rukavice (latex)</t>
+    <t>stylus, prst</t>
   </si>
   <si>
     <t>Touch interface</t>
   </si>
   <si>
     <t>USB</t>
   </si>
   <si>
     <t>Podporované OS</t>
   </si>
   <si>
     <t>Všechny monitory iiyama jsou Plug &amp; Play a kompatibilní s Windows a Linuxem. Podrobnosti o podporovaném operačním systému pro dotykové modely naleznete v instrukčním souboru ovladače, který je k dispozici v sekci Stažení.</t>
   </si>
   <si>
     <t>Palm odmítnutí</t>
   </si>
   <si>
     <t>ano</t>
   </si>
   <si>
     <t>ROZHRANÍ / KONEKTORY / OVLÁDÁNÍ</t>
   </si>
   <si>
     <t>Digitální vstupní porty</t>
   </si>
@@ -261,51 +261,51 @@
   <si>
     <t>Max. provozní doba</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Anti image retention</t>
   </si>
   <si>
     <t>Tloušťka skla</t>
   </si>
   <si>
     <t>3.7mm</t>
   </si>
   <si>
     <t>Tvrdost skla</t>
   </si>
   <si>
     <t>8H</t>
   </si>
   <si>
     <t>Rámeček</t>
   </si>
   <si>
-    <t>metal</t>
+    <t>kov (přední strana)</t>
   </si>
   <si>
     <t>Zámek kláves OSD</t>
   </si>
   <si>
     <t>Zámek dálkového ovládání</t>
   </si>
   <si>
     <t>OBECNÉ</t>
   </si>
   <si>
     <t>Jazyky OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, CZ, NL, PL, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Kontrolní tlačítka</t>
   </si>
   <si>
     <t>Power (long press for Quick Menu (source, volume +, volume -, brightness +, brightness -, Touch unlock)</t>
   </si>
   <si>
     <t>Nastavitelné parametry</t>
   </si>