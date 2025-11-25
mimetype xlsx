--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -163,180 +163,180 @@
   </si>
   <si>
     <t>USB</t>
   </si>
   <si>
     <t>Podporované OS</t>
   </si>
   <si>
     <t>Všechny monitory iiyama jsou Plug &amp; Play a kompatibilní s Windows a Linuxem. Podrobnosti o podporovaném operačním systému pro dotykové modely naleznete v instrukčním souboru ovladače, který je k dispozici v sekci Stažení.</t>
   </si>
   <si>
     <t>Palm odmítnutí</t>
   </si>
   <si>
     <t>ano</t>
   </si>
   <si>
     <t>ROZHRANÍ / KONEKTORY / OVLÁDÁNÍ</t>
   </si>
   <si>
     <t>Digitální vstupní porty</t>
   </si>
   <si>
     <t>HDMI x2 (2.0, max. 3840x2160 @60Hz, YUV444, ARC on HDMI #1)
 DisplayPort x1 (1.2, max. 3840x2160 @60Hz)
-USB-C x1 (3.2 (Gen 1, 5Gbit), 3840x2160 @60Hz (RGB444), DP 1.2 Alt mód, Dotyk, 1x přední: 100W PD, 1x zadní: 15W PD)</t>
+USB-C x1 (2.0, 480Mbps), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode, PD 100W, Data, Touch)</t>
   </si>
   <si>
     <t>Audio input</t>
   </si>
   <si>
     <t>Mini jack x1 (Microphone)</t>
   </si>
   <si>
     <t>Řídíci vstup monitoru</t>
   </si>
   <si>
     <t>RS-232c x1 (DSUB 9pin)</t>
   </si>
   <si>
     <t>Digitální výstupní porty</t>
   </si>
   <si>
     <t>HDMI x1 (2.0, max. 3840x2160 @60Hz, YUV444 / RGB444)
-USB-C x1 (3.2, Gen 1, 5Gbit), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode)</t>
+USB-C x1 (2.0, 480Mbps), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode)</t>
   </si>
   <si>
     <t>Audio Out</t>
   </si>
   <si>
     <t>S/PDIF (Optical) x1
 Mini jack x1 (Headphone)
 Reproduktory 2 x 20W (Přední + 20W Subwoofer)</t>
   </si>
   <si>
     <t>Řidící výstup monitoru</t>
   </si>
   <si>
     <t>OPS Slot x1 (Intel OPS 80pin)</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>USB ports</t>
   </si>
   <si>
-    <t>x5</t>
+    <t>x4 (media playback / peripherals / storage –  side: 2x 3.2 (Gen 1, 5Gbit), 1x 2.0 (Android only), 1x USB-C IN 2.0 (480Mbps, 100W PD))</t>
   </si>
   <si>
     <t>RJ45 (LAN)</t>
   </si>
   <si>
     <t>x2 (Auto switch for PC &amp; Android, 1000MB)</t>
   </si>
   <si>
     <t>Microphone</t>
   </si>
   <si>
     <t>8-Array (8m voice-pickup)</t>
   </si>
   <si>
     <t>VLASTNOSTI</t>
   </si>
   <si>
     <t>Integrovaný software</t>
   </si>
   <si>
     <t>iiWare 21E (Android 14 OS) featuring Google EDLA, iiControl (DMS), Whiteboard, iiBrowser, file manager, cloud drives and iiShare, plus EShare for wireless connection with Windows/iOS/Android devices</t>
   </si>
   <si>
     <t>WiFi</t>
   </si>
   <si>
     <t>ano (WiFi-6, Bluetooth 5.0)</t>
   </si>
   <si>
     <t>Hardware</t>
   </si>
   <si>
     <t>CPU: RK3576 Octa-core A72*4 + A53*4, GPU: Mali G52 MC3, RAM: 16GB, ROM: 128GB</t>
   </si>
   <si>
     <t>Extra</t>
   </si>
   <si>
-    <t>Sensors: Ambient light, NFC Reader, PIR Motion, Pen Pick-up; Slot for optional OPS PC, Micro SD card slot, 4x Touch pen (anti-bacterial coating)</t>
+    <t>Sensors: Ambient light, NFC Reader, PIR Motion, Pen Pick-up; Slot for optional OPS PC, Micro SD card slot, 4x Touch pen</t>
   </si>
   <si>
     <t>PiP</t>
   </si>
   <si>
     <t>Max. provozní doba</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Přehrávání médií</t>
   </si>
   <si>
     <t>Tloušťka skla</t>
   </si>
   <si>
     <t>3.2mm</t>
   </si>
   <si>
     <t>Tvrdost skla</t>
   </si>
   <si>
     <t>7H</t>
   </si>
   <si>
     <t>Rámeček</t>
   </si>
   <si>
     <t>metal</t>
   </si>
   <si>
     <t>Zámek kláves OSD</t>
   </si>
   <si>
     <t>OBECNÉ</t>
   </si>
   <si>
     <t>Jazyky OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, CZ, NL, PL, CAT, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Kontrolní tlačítka</t>
   </si>
   <si>
-    <t>Zasilanie, Home, Touch-freeze, Głośność, Wejście (źródło)</t>
+    <t>Napájení (podržte 3–5 sekund), Domů (zkratka na obrazovce): Krátce stiskněte tlačítko napájení</t>
   </si>
   <si>
     <t>Nastavitelné parametry</t>
   </si>
   <si>
     <t>personalization (theme, wallpaper, auto loop), display (backlight, image mode, brightness, contrast, saturation, Hue, sharpness, colour temp., eye protection mode, energy saving, HDMI range), sound (volume direct, max volume, equalizer, balance, sound mode, bass, treble), general (radial menu, side menu bar, gesture interaction, screen recorder, free annotation), device (microphone, camera (external), NFC, CEC, ambient light sensor, stylus pen pickup sensor, PIR motion sensor), input settings (source lost detection, auto source switch, auto wakeup, OPS boot with system, power on source, rename input setting), system (power status, build version), admin (menu lock, system security, meeting mode, screen share, HDMI Mode, wake On Lan), applications (network &amp; internet, connected devices, apps, notifications, storage, sound &amp; vibration, display, wallpaper, accessibility, security &amp; privacy, location, safety &amp; emergency, passwords &amp; accounts, digital wellbeing &amp; parental controls, Google, system, about device)</t>
   </si>
   <si>
     <t>Redukce modrého světla</t>
   </si>
   <si>
     <t>Flicker Free LED</t>
   </si>
   <si>
     <t>Plug&amp;Play</t>
   </si>
   <si>
     <t>DDC2B</t>
   </si>
   <si>
     <t>Záruka</t>
   </si>
   <si>
     <t>5 let (podrobnosti a způsobilé země naleznete v části Záruka na našich webových stránkách)</t>
   </si>
@@ -367,99 +367,99 @@
   <si>
     <t>Rozsah teploty v klidu</t>
   </si>
   <si>
     <t>- 20°C - 60°C</t>
   </si>
   <si>
     <t>MTBF</t>
   </si>
   <si>
     <t>50.000 hours (bez podsvícení)</t>
   </si>
   <si>
     <t>ZAHRNUTÉ PŘÍSLUŠENSTVÍ</t>
   </si>
   <si>
     <t>Kabely</t>
   </si>
   <si>
     <t>napájecí (EU 3m, UK 3m), USB (3m), HDMI (3m)</t>
   </si>
   <si>
     <t>Touch pen</t>
   </si>
   <si>
-    <t>x4 (Dvojí funkce hrotu, antibakteriální potah)</t>
+    <t>x4 (Dvojí funkce hrotu)</t>
   </si>
   <si>
     <t>Příručky</t>
   </si>
   <si>
     <t>uživatelský manuál, instrukce bezpečnosti</t>
   </si>
   <si>
     <t>Ostatní</t>
   </si>
   <si>
     <t>Wall Mounting Bracket (VESA 800x600), Webcam Mounting Bracket</t>
   </si>
   <si>
     <t>Dálkové ovládání</t>
   </si>
   <si>
     <t>ano (včetně baterie)</t>
   </si>
   <si>
     <t>POWER-MANAGEMENT</t>
   </si>
   <si>
     <t>Napájecí zdroj:</t>
   </si>
   <si>
     <t>interní</t>
   </si>
   <si>
     <t>Napájení</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Odběr energie:</t>
   </si>
   <si>
     <t>300W typisch, 0.5W odpočinek, 0.3W vypnutý</t>
   </si>
   <si>
     <t>UDRŽITELNOST</t>
   </si>
   <si>
     <t>Předpisy</t>
   </si>
   <si>
-    <t>CB, CE, TÜV-Bauart, EAC, RoHS support, ErP, WEEE, EPEAT, REACH (RoHS)</t>
+    <t>CB, CE, TÜV-GS, EAC, RoHS support, ErP, WEEE, EPEAT, REACH (RoHS)</t>
   </si>
   <si>
     <t>Energetická třída (Regulation (EU) 2017/1369)</t>
   </si>
   <si>
     <t>G</t>
   </si>
   <si>
     <t>EPEAT</t>
   </si>
   <si>
     <t>EPEAT je komplexní environmentální hodnocení, které pomáhá identifikovat ekologičtější počítače a další elektronická zařízení. Bronzová certifikace znamená, že monitor splňuje všechna požadovaná kritéria. EPEAT Bronze je platný v zemích, kde iiyama registruje produkt. Stav registrace ve vaší zemi najdete na www.epeat.net.</t>
   </si>
   <si>
     <t>REACH SVHC</t>
   </si>
   <si>
     <t>nad 0.1% olova</t>
   </si>
   <si>
     <t>ROZMĚRY / HMOTNOST</t>
   </si>
   <si>
     <t>Rozměry výrobku Š x V x D</t>
   </si>