--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -77,69 +77,69 @@
   <si>
     <t xml:space="preserve">500 cd/m² </t>
   </si>
   <si>
     <t>Kontrast</t>
   </si>
   <si>
     <t xml:space="preserve">1200:1 </t>
   </si>
   <si>
     <t>Čas rekace (GTG)</t>
   </si>
   <si>
     <t>6.5ms</t>
   </si>
   <si>
     <t>Úhel sledování</t>
   </si>
   <si>
     <t>horizontální/vertikální: 178°/178°, na parvo/na lefo: 89°/89°, nahoru/dolů: 89°/89°</t>
   </si>
   <si>
     <t>Barevná podpora</t>
   </si>
   <si>
-    <t>1.07G (8 Bits+FRC)</t>
+    <t>1.07G (8 Bits+FRC) (NTSC 72%)</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
   <si>
     <t>57 - 62kHz</t>
   </si>
   <si>
     <t>Arbeitsfläche H x B</t>
   </si>
   <si>
     <t>1096 x 616.4mm, 43.2 x 24.3"</t>
   </si>
   <si>
     <t>Šířka rámečků (strany, nahoře, dole)</t>
   </si>
   <si>
-    <t>13.8mm, 13.8mm, 13.8mm</t>
+    <t>12.8mm, 12.8mm, 12.8mm</t>
   </si>
   <si>
     <t>Velikost bodů</t>
   </si>
   <si>
     <t>0.285mm</t>
   </si>
   <si>
     <t>Barva rámečku</t>
   </si>
   <si>
     <t>černá, matná</t>
   </si>
   <si>
     <t>ROZHRANÍ / KONEKTORY / OVLÁDÁNÍ</t>
   </si>
   <si>
     <t>Digitální vstupní porty</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0, max. 3840x2160 @60Hz)
 USB-C x1 (DP Alt, 15W PD)</t>
   </si>
   <si>
     <t>Řídíci vstup monitoru</t>
@@ -199,51 +199,51 @@
   <si>
     <t>Extra</t>
   </si>
   <si>
     <t>Wall mounting kit included (VESA 400x300mm)</t>
   </si>
   <si>
     <t>Max. provozní doba</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Anti image retention</t>
   </si>
   <si>
     <t>ano</t>
   </si>
   <si>
     <t>Přehrávání médií</t>
   </si>
   <si>
     <t>Rámeček</t>
   </si>
   <si>
-    <t>metal</t>
+    <t>plastic</t>
   </si>
   <si>
     <t>OBECNÉ</t>
   </si>
   <si>
     <t>Jazyky OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, CN, RU, JP, CZ, NL, PL, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Kontrolní tlačítka</t>
   </si>
   <si>
     <t>Power Indicator, Power button, Remote Sensor</t>
   </si>
   <si>
     <t>Nastavitelné parametry</t>
   </si>
   <si>
     <t>network (status, Wifi, ethernet, hotspot), picture (brightness, contrast, sharpness, black level, tint, colour, noise reduction, gamma selection, colour temp., colour control, picture reset), audio (balance, treble, bass, volume, audio out, max. volume, min. volume, mute, audio out sync, speaker setting, audio reset), OSD setting (OSD timeout, OSD H-Position, OSD V-position, OSD transparency, information OSD), general (logo and animation, wallpaper, no signal image, schedule, off timer), screen (zoom mode, custom zoom, system rotation, screen reset), device (power on status, RS232 routing, IR control, power saving, panel saving, monitor info, other), channel (boot on source, rename input channel, auto source switching, signal lost detection, HDMI version), system (language, system update, setting reset, factory reset, Android setting), admin (menu lock, meeting room, HDMI CEC, screen share, Miracast standby, log export)</t>
   </si>
   <si>
     <t>Plug&amp;Play</t>
   </si>