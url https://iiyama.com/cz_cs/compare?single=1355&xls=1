--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -41,66 +41,66 @@
   <si>
     <t>CHARAKTERISTIKA OBRAZU</t>
   </si>
   <si>
     <t>Design</t>
   </si>
   <si>
     <t>Edge to edge glass</t>
   </si>
   <si>
     <t>Úhlopříčka monitoru</t>
   </si>
   <si>
     <t>23.8.", 60.5cm</t>
   </si>
   <si>
     <t>Panel</t>
   </si>
   <si>
     <t>IPS</t>
   </si>
   <si>
     <t>Nativní rozlišení</t>
   </si>
   <si>
-    <t>1920 x 1080 @60Hz (2.1 megapixel Full HD)</t>
+    <t>1920 x 1080 @100Hz (2.1 megapixel Full HD)</t>
   </si>
   <si>
     <t>Formát obrazu</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Jas</t>
   </si>
   <si>
     <t xml:space="preserve">400 cd/m² </t>
   </si>
   <si>
-    <t>344 cd/m² kromě dotekového panelu</t>
+    <t>345 cd/m² kromě dotekového panelu</t>
   </si>
   <si>
     <t>Propustnost světla</t>
   </si>
   <si>
     <t>86%</t>
   </si>
   <si>
     <t>Kontrast</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
     <t>Čas rekace (GTG)</t>
   </si>
   <si>
     <t>5ms</t>
   </si>
   <si>
     <t>Úhel sledování</t>
   </si>
   <si>
     <t>horizontální/vertikální: horizontal°/vertical horizontal°, na parvo/na lefo: 0°/0°, nahoru/dolů: 0°/0°</t>
   </si>