--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -329,51 +329,51 @@
   <si>
     <t>Dálkové ovládání</t>
   </si>
   <si>
     <t>ano (včetně baterie)</t>
   </si>
   <si>
     <t>POWER-MANAGEMENT</t>
   </si>
   <si>
     <t>Napájecí zdroj:</t>
   </si>
   <si>
     <t>interní</t>
   </si>
   <si>
     <t>Napájení</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Odběr energie:</t>
   </si>
   <si>
-    <t>331W typisch, 0.5W odpočinek, 0.3W vypnutý</t>
+    <t>173W typisch, 0.5W odpočinek, 0.3W vypnutý</t>
   </si>
   <si>
     <t>UDRŽITELNOST</t>
   </si>
   <si>
     <t>Předpisy</t>
   </si>
   <si>
     <t>CB, CE, TÜV-Bauart, EAC, RoHS support, ErP, WEEE, REACH, UKCA</t>
   </si>
   <si>
     <t>Energetická třída (Regulation (EU) 2017/1369)</t>
   </si>
   <si>
     <t>F</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>