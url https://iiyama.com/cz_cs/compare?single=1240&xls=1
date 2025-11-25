--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -207,51 +207,51 @@
   <si>
     <t>Memory</t>
   </si>
   <si>
     <t>4GB DDR4</t>
   </si>
   <si>
     <t>WiFi</t>
   </si>
   <si>
     <t>IEEE802.11b/g/n</t>
   </si>
   <si>
     <t>Bluetooth</t>
   </si>
   <si>
     <t>Hardware</t>
   </si>
   <si>
     <t>NFC (ARM Cortex--M3 256KB, 34Mbps (high speed)), RFID (125kHZ, 9600kbit/s), ISO 14443A/B, Mifare Classic 4K/8K/Ultralight, Sony Felica</t>
   </si>
   <si>
     <t>Extra</t>
   </si>
   <si>
-    <t>automatické otáčení, webová kamera (5 megapixelů), slot na kartu SD, povrchová úprava proti otiskům prstů, povrchová úprava proti odleskům, PoE, čtečka NFC/RFID, RGB Led lightbar, nástěnný držák</t>
+    <t>automatické otáčení, webová kamera (5 megapixelů), slot na kartu SD, povrchová úprava proti otiskům prstů, povrchová úprava proti odleskům, PoE, čtečka NFC/RFID, RGB Led lightbar, kabelový kryt a nástěnný držák v jednom</t>
   </si>
   <si>
     <t>Kiosk Mode</t>
   </si>
   <si>
     <t>ano</t>
   </si>
   <si>
     <t>Max. provozní doba</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Tloušťka skla</t>
   </si>
   <si>
     <t>1.85mm</t>
   </si>
   <si>
     <t>Tvrdost skla</t>
   </si>
   <si>
     <t>6H</t>
   </si>