--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -261,51 +261,51 @@
   <si>
     <t>Прочее</t>
   </si>
   <si>
     <t>Краткое руководство по началу работы, Руководство по безопасности</t>
   </si>
   <si>
     <t>POWER-MANAGEMENT</t>
   </si>
   <si>
     <t>Блок питания</t>
   </si>
   <si>
     <t>внутренний</t>
   </si>
   <si>
     <t>Питание</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Гц</t>
   </si>
   <si>
     <t>Потребляемая мощность</t>
   </si>
   <si>
-    <t>55W стандарт, 0.5W ожидание, 0.3W отключено</t>
+    <t>32W default, 0.5W ожидание, 0.3W отключено</t>
   </si>
   <si>
     <t>Стандарты</t>
   </si>
   <si>
     <t>Сертификаты</t>
   </si>
   <si>
     <t>TCO Certified, CE, TÜV-GS, EAC, VCCI-B, PSE, RoHS support, ErP, WEEE, REACH, UKCA</t>
   </si>
   <si>
     <t>Класс энергоэффективности (Regulation (EU) 2017/1369)</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>EPEAT Silver</t>
   </si>
   <si>
     <t>*registration varies by country, go to www.epeat.net for details</t>
   </si>
   <si>
     <t>REACH SVHC</t>
   </si>