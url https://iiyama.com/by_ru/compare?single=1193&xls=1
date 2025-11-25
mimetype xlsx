--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -271,51 +271,51 @@
   <si>
     <t>Прочее</t>
   </si>
   <si>
     <t>Краткое руководство по началу работы, Руководство по безопасности</t>
   </si>
   <si>
     <t>POWER-MANAGEMENT</t>
   </si>
   <si>
     <t>Блок питания</t>
   </si>
   <si>
     <t>внутренний</t>
   </si>
   <si>
     <t>Питание</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Гц</t>
   </si>
   <si>
     <t>Потребляемая мощность</t>
   </si>
   <si>
-    <t>60W стандарт, 0.5W ожидание, 0.3W отключено</t>
+    <t>37W default, 0.5W ожидание, 0.3W отключено</t>
   </si>
   <si>
     <t>Стандарты</t>
   </si>
   <si>
     <t>Сертификаты</t>
   </si>
   <si>
     <t>CE, TÜV-Bauart, EAC, PSE, RoHS support, ErP, WEEE, VCCI, REACH, UKCA</t>
   </si>
   <si>
     <t>Класс энергоэффективности (Regulation (EU) 2017/1369)</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>REACH SVHC</t>
   </si>
   <si>
     <t>свинца, превышает 0.1%</t>
   </si>
 </sst>
 </file>
 