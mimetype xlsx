--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -177,51 +177,51 @@
   <si>
     <t>2 x 1W</t>
   </si>
   <si>
     <t>MECHANISME</t>
   </si>
   <si>
     <t>Positieaanpassingen</t>
   </si>
   <si>
     <t>kantelen</t>
   </si>
   <si>
     <t>Kantelhoek</t>
   </si>
   <si>
     <t>60° omhoog; 45° omlaag</t>
   </si>
   <si>
     <t>INBEGREPEN ACCESSOIRES</t>
   </si>
   <si>
     <t>Kabels</t>
   </si>
   <si>
-    <t>Stroom (1.0m), USB-C (1.5m)</t>
+    <t>USB-C (1.5m)</t>
   </si>
   <si>
     <t>Overige</t>
   </si>
   <si>
     <t>Quick guide handleiding, veiligheidsinstructies</t>
   </si>
   <si>
     <t>POWER-MANAGEMENT</t>
   </si>
   <si>
     <t>Voeding</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stroomvoorziening</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Energieverbruik</t>
   </si>