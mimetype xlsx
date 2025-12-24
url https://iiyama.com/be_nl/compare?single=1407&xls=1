--- v0 (2025-10-26)
+++ v1 (2025-12-24)
@@ -259,51 +259,51 @@
   <si>
     <t>400 x 400mm</t>
   </si>
   <si>
     <t>Mini PC mount</t>
   </si>
   <si>
     <t>VESA 75 x 75, VESA 100 x 100</t>
   </si>
   <si>
     <t>Bedrijfstemperatuur</t>
   </si>
   <si>
     <t>0°C - 40°C</t>
   </si>
   <si>
     <t>Opslagruimte temperatuur</t>
   </si>
   <si>
     <t>- 20°C - 60°C</t>
   </si>
   <si>
     <t>MTBF</t>
   </si>
   <si>
-    <t>44.000 uren (exclusief backlight)</t>
+    <t>50.000 uren (exclusief backlight)</t>
   </si>
   <si>
     <t>INBEGREPEN ACCESSOIRES</t>
   </si>
   <si>
     <t>Kabels</t>
   </si>
   <si>
     <t>Stroom (1.8m), HDMI (1.8m), RS-232c (1.8m)</t>
   </si>
   <si>
     <t>Handleiding</t>
   </si>
   <si>
     <t>Quick guide handleiding, veiligheidsinstructies</t>
   </si>
   <si>
     <t>Overige</t>
   </si>
   <si>
     <t>Stickers voor schroefgaten, draadklemmen</t>
   </si>
   <si>
     <t>Afstandsbediening</t>
   </si>