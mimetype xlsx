--- v0 (2025-10-26)
+++ v1 (2025-12-24)
@@ -146,51 +146,51 @@
   <si>
     <t>TOUCH</t>
   </si>
   <si>
     <t>Touchscreen technologie</t>
   </si>
   <si>
     <t>DeepContrast-PCAP</t>
   </si>
   <si>
     <t>Touch punten</t>
   </si>
   <si>
     <t>20 (HID, alléén met ondersteunend besturingssysteem)</t>
   </si>
   <si>
     <t>Touch nauwkeurigheid</t>
   </si>
   <si>
     <t>+- 2.5mm</t>
   </si>
   <si>
     <t>Touch methode</t>
   </si>
   <si>
-    <t>stylus, vinger, handschoen (latex)</t>
+    <t>stylus, vinger</t>
   </si>
   <si>
     <t>Touch interface</t>
   </si>
   <si>
     <t>USB</t>
   </si>
   <si>
     <t>Ondersteunende operating systemen</t>
   </si>
   <si>
     <t>Alle iiyama monitoren zijn Plug &amp; Play en compatibel met Windows en Linux. Voor details over het ondersteunende besturingssysteem voor onze touch-modellen, verwijzen wij u naar het driver instructiebestand in de download sectie.</t>
   </si>
   <si>
     <t>Palm afwijzing</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>SIGNAALINGANGEN &amp; CONNECTIVITEIT</t>
   </si>
   <si>
     <t>Digitale video ingang</t>
   </si>
@@ -264,51 +264,51 @@
   <si>
     <t>Max. continue bedrijfsduur</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Anti-beeldretentie</t>
   </si>
   <si>
     <t>Glasdikte</t>
   </si>
   <si>
     <t>3.7mm</t>
   </si>
   <si>
     <t>Glas hardheidsgraad</t>
   </si>
   <si>
     <t>8H</t>
   </si>
   <si>
     <t>Behuizing (bezel)</t>
   </si>
   <si>
-    <t>metal</t>
+    <t>Metaal (voorkant)</t>
   </si>
   <si>
     <t>OSD vergrendelen</t>
   </si>
   <si>
     <t>Afstandsbediening vergrendelen</t>
   </si>
   <si>
     <t>ALGEMEEN</t>
   </si>
   <si>
     <t>OSD-talen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, CZ, NL, PL, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Bedieningsknoppen</t>
   </si>
   <si>
     <t>Aan/ Uit (lang indrukken voor Quick Menu (bron, volume +, volume -, helderheid +, helderheid -, Touch ontgrendelen)</t>
   </si>
   <si>
     <t>Gebruikersinstellingen</t>
   </si>