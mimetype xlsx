--- v0 (2025-10-26)
+++ v1 (2025-12-24)
@@ -77,69 +77,69 @@
   <si>
     <t>500 cd/m²</t>
   </si>
   <si>
     <t>Statisch contrast</t>
   </si>
   <si>
     <t xml:space="preserve">5000:1 </t>
   </si>
   <si>
     <t>Reactietijd (GTG)</t>
   </si>
   <si>
     <t>6.5ms</t>
   </si>
   <si>
     <t>Inkijkhoek</t>
   </si>
   <si>
     <t>horizontaal/verticaal: 178°/178°, rechts/links: 89°/89°, naar boven/onderen: 89°/89°</t>
   </si>
   <si>
     <t>Kleurondersteuning</t>
   </si>
   <si>
-    <t>1.07G (8 Bits+FRC)</t>
+    <t>1.07G (8 Bits+FRC) (NTSC 72%)</t>
   </si>
   <si>
     <t>Horizontale frequentie</t>
   </si>
   <si>
     <t>57 - 62kHz</t>
   </si>
   <si>
     <t>Zichtbaar formaat</t>
   </si>
   <si>
     <t>1650.2 x 928.3mm, 65 x 36.6"</t>
   </si>
   <si>
     <t>Bezel breedte (zijkanten, bovenkant, onderkant)</t>
   </si>
   <si>
-    <t>14.3mm, 14.3mm, 14.3mm</t>
+    <t>12.8mm, 12.8mm, 12.8mm</t>
   </si>
   <si>
     <t>Pixel pitch</t>
   </si>
   <si>
     <t>0.430mm</t>
   </si>
   <si>
     <t>Kleur behuizing en afwerking</t>
   </si>
   <si>
     <t>zwart, mat</t>
   </si>
   <si>
     <t>SIGNAALINGANGEN &amp; CONNECTIVITEIT</t>
   </si>
   <si>
     <t>Digitale video ingang</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0, max. 3840x2160 @60Hz)
 USB-C x1 (DP Alt, 15W PD)</t>
   </si>
   <si>
     <t>Besturing IN</t>
@@ -199,51 +199,51 @@
   <si>
     <t>Extra</t>
   </si>
   <si>
     <t>Wandmontagekit inbegrepen (VESA 500x500mm)</t>
   </si>
   <si>
     <t>Max. continue bedrijfsduur</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Anti-beeldretentie</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Media playback</t>
   </si>
   <si>
     <t>Behuizing (bezel)</t>
   </si>
   <si>
-    <t>metal</t>
+    <t>plastic</t>
   </si>
   <si>
     <t>ALGEMEEN</t>
   </si>
   <si>
     <t>OSD-talen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, CN, RU, JP, CZ, NL, PL, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Bedieningsknoppen</t>
   </si>
   <si>
     <t>Aan/uit indicator, Aan/uit knop, Afstandsbedieningssensor</t>
   </si>
   <si>
     <t>Gebruikersinstellingen</t>
   </si>
   <si>
     <t>netwerk (status, wifi, ethernet, hotspot), beeld (helderheid, contrast, scherpte, zwartniveau, tint, kleur, ruisonderdrukking, gammaselectie, kleurtemperatuur, kleurregeling, beeld resetten), audio (balans, hoge tonen, bas, volume, audio-uitgang, max. volume, min. volume, dempen, audio-uitgangssynchronisatie, luidsprekerinstelling, audio resetten), OSD-instellingen (OSD-time-out, OSD H-positie, OSD V-positie, OSD-transparantie, informatie-OSD), algemeen (logo en animatie, achtergrond, geen signaalafbeelding, schema, uit-timer), scherm (zoommodus, aangepaste zoom, systeemrotatie, scherm resetten), apparaat (inschakelstatus, RS232-routering, IR-regeling, energiebesparing, paneelbesparing, monitorinfo, overig), kanaal (opstarten op bron, invoerkanaal hernoemen, automatisch schakelen tussen bronnen, detectie signaalverlies, HDMI-versie), systeem (taal, systeemupdate, instellingen resetten, fabrieksinstellingen herstellen, Android-instellingen), beheerder (menuvergrendeling, vergaderruimte, HDMI CEC, scherm delen, Miracast-stand-by, logboek exporteren)</t>
   </si>
   <si>
     <t>Plug&amp;Play</t>
   </si>