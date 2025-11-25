--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -41,69 +41,69 @@
   <si>
     <t>PANEEL EIGENSCHAPPEN</t>
   </si>
   <si>
     <t>Design</t>
   </si>
   <si>
     <t>Edge to edge glass</t>
   </si>
   <si>
     <t>Beelddiagonaal</t>
   </si>
   <si>
     <t>23.8.", 60.5cm</t>
   </si>
   <si>
     <t>Paneel</t>
   </si>
   <si>
     <t>IPS</t>
   </si>
   <si>
     <t>Resolutie</t>
   </si>
   <si>
-    <t>1920 x 1080 @60Hz (2.1 megapixel Full HD)</t>
+    <t>1920 x 1080 @100Hz (2.1 megapixel Full HD)</t>
   </si>
   <si>
     <t>Beeldverhouding</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Paneel helderheid</t>
   </si>
   <si>
     <t>400 cd/m²</t>
   </si>
   <si>
     <t>Helderheid</t>
   </si>
   <si>
-    <t>344 cd/m² met touch panel</t>
+    <t>345 cd/m² met touch panel</t>
   </si>
   <si>
     <t>Licht overdracht</t>
   </si>
   <si>
     <t>86%</t>
   </si>
   <si>
     <t>Statisch contrast</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
     <t>Reactietijd (GTG)</t>
   </si>
   <si>
     <t>5ms</t>
   </si>
   <si>
     <t>Inkijkhoek</t>
   </si>
   <si>
     <t>horizontaal/verticaal: horizontal°/vertical horizontal°, rechts/links: 0°/0°, naar boven/onderen: 0°/0°</t>
   </si>