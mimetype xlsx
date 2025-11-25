--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -277,51 +277,51 @@
   <si>
     <t>Overige</t>
   </si>
   <si>
     <t>Quick guide handleiding, veiligheidsinstructies</t>
   </si>
   <si>
     <t>POWER-MANAGEMENT</t>
   </si>
   <si>
     <t>Voeding</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stroomvoorziening</t>
   </si>
   <si>
     <t>AC AC  - 100V, 240/V, 50Hz</t>
   </si>
   <si>
     <t>Energieverbruik</t>
   </si>
   <si>
-    <t>55W typisch, 0.5W stand by, 0.3W uit modus</t>
+    <t>32W default , 0.5W stand by, 0.3W uit modus</t>
   </si>
   <si>
     <t>DUURZAAMHEID</t>
   </si>
   <si>
     <t>Richtlijnen</t>
   </si>
   <si>
     <t>TCO Certified, CE, TÜV-GS, EAC, PSE, RoHS support, ErP, WEEE, VCCI, REACH, UKCA</t>
   </si>
   <si>
     <t>Energie efficiëntie klasse (Regulation (EU) 2017/1369)</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>EPEAT Silver</t>
   </si>
   <si>
     <t>*registratie verschilt per land, ga voor meer informatie naar www.epeat.net</t>
   </si>
   <si>
     <t>REACH SVHC</t>
   </si>