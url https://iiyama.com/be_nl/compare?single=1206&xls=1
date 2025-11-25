--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -298,51 +298,51 @@
   <si>
     <t>Handleiding</t>
   </si>
   <si>
     <t>Quick guide handleiding, veiligheidsinstructies</t>
   </si>
   <si>
     <t>POWER-MANAGEMENT</t>
   </si>
   <si>
     <t>Voeding</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stroomvoorziening</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Energieverbruik</t>
   </si>
   <si>
-    <t>30W typisch, 1.5W stand by, 0.3W uit modus</t>
+    <t>21W typisch, 1.5W stand by, 0.3W uit modus</t>
   </si>
   <si>
     <t>DUURZAAMHEID</t>
   </si>
   <si>
     <t>Richtlijnen</t>
   </si>
   <si>
     <t>CE, TÜV-Bauart, EAC, RoHS support, ErP, WEEE, REACH, UKCA, cTUVus</t>
   </si>
   <si>
     <t>Energie efficiëntie klasse (Regulation (EU) 2017/1369)</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>REACH SVHC</t>
   </si>
   <si>
     <t>meer dan 0.1%: Lood</t>
   </si>
   <si>
     <t>AFMETINGEN / GEWICHT</t>
   </si>