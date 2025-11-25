--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -245,51 +245,51 @@
   <si>
     <t>Anti rétention d'image</t>
   </si>
   <si>
     <t>Epaisseur du verre</t>
   </si>
   <si>
     <t>5mm</t>
   </si>
   <si>
     <t>Dûreté du verre</t>
   </si>
   <si>
     <t>7H</t>
   </si>
   <si>
     <t>60950-1 I’essai de chute de bille</t>
   </si>
   <si>
     <t>Protection contre l’eau et la poussière</t>
   </si>
   <si>
     <t>IP54 (front)</t>
   </si>
   <si>
-    <t>Matière du cadre</t>
+    <t>Boîtier (cadre)</t>
   </si>
   <si>
     <t>metal</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>Langues OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, NL, PL</t>
   </si>
   <si>
     <t>Boutons de contrôle</t>
   </si>
   <si>
     <t>Alimentation, Menu, Quitter, En haut, En bas</t>
   </si>
   <si>
     <t>Plug&amp;Play</t>
   </si>
   <si>
     <t>DDC2B</t>
   </si>