--- v0 (2025-10-26)
+++ v1 (2025-12-24)
@@ -214,51 +214,51 @@
   <si>
     <t>CPU: MTK96B+MSB6000, CA73*2+A53*2, 3GB DDR4, Mémoire: 32GB eMMC</t>
   </si>
   <si>
     <t>Extra</t>
   </si>
   <si>
     <t>Intel® SDM-L, micro SD card slot</t>
   </si>
   <si>
     <t>Durée maximum d'utilisation en discontinue</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Anti rétention d'image</t>
   </si>
   <si>
     <t>oui</t>
   </si>
   <si>
     <t>Lecteur Media</t>
   </si>
   <si>
-    <t>Matière du cadre</t>
+    <t>Boîtier (cadre)</t>
   </si>
   <si>
     <t>métal (face avant)</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>Langues OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, CN, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Boutons de contrôle</t>
   </si>
   <si>
     <t>Alimentation, Muet, Entrée, +, -, En haut, En bas, Menu</t>
   </si>
   <si>
     <t>Paramètres réglables</t>
   </si>
   <si>
     <t>image (luminosité, contraste, netteté, niveau de noir, teinte, couleur, réduction du bruit, sélection gamma, température couleurs, contrôle couleurs, énergie intelligente, surbalayage, réinitialisation image), écran (position H., position V., horloge, phase, mode zoom, réglage automatique, réinitialisation de l'écran), audio (balance, aigus, graves, volume, sortie audio, volume maximum, volume minimum, muet, source audio, réinitialisation audio, synchronisation de la sortie audio, paramétrage haut-parleurs), configuration 1 (état allumer, sauvegarde du panneau, routage RS232, source démarrage, WOL, réinitialisation de la configuration 1, préréglage usine), configuration 2 (extinction de l'OSD, OSD position H., OSD position V., rotation, information OSD, logo, identifiant du moniteur, statut de chaleur, information moniteur, version DP, version HDMI, réinitialisation de la configuration 2), option avancée (contrôle télécommande, LED d'alimentation, contrôle du clavier, empilage, programmateur arrêt, calandrier, HDMI avec un fil, HDMI avec un fil hors tension, autodétection du signal, langue, transparence OSD, économie d'énergie, paramètres SDM, réinitialisation des options avancées), paramètres Android (réseau, écran multimédia, applications, affichage, sécurité, système)</t>
   </si>