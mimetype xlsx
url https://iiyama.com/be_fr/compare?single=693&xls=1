--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -264,51 +264,51 @@
   <si>
     <t>oui</t>
   </si>
   <si>
     <t>Durée maximum d'utilisation en discontinue</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Lecteur Media</t>
   </si>
   <si>
     <t>Epaisseur du verre</t>
   </si>
   <si>
     <t>4mm</t>
   </si>
   <si>
     <t>Dûreté du verre</t>
   </si>
   <si>
     <t>7H</t>
   </si>
   <si>
-    <t>Matière du cadre</t>
+    <t>Boîtier (cadre)</t>
   </si>
   <si>
     <t>metal</t>
   </si>
   <si>
     <t>Blocage OSD</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>Langues OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, CZ, NL, PL</t>
   </si>
   <si>
     <t>Paramètres réglables</t>
   </si>
   <si>
     <t>cadre général (entrée, volume, rétroéclairage), réglages de l’acoustique (volume, graves, aigus, balance, mode audio, muet), réglages de l’écran (zoom, changement de pixel), réglage de l’affichage (luminosité, contraste, teinte, netteté, mode d’affichage, temp. coul.), réglage de l’ajustement (position H., position V., horloge, phase, auto), paramètres (sans fil et réseaux, partager, appareil, personnel, système</t>
   </si>
   <si>
     <t>Plug&amp;Play</t>
   </si>