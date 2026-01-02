--- v0 (2025-10-26)
+++ v1 (2026-01-02)
@@ -156,51 +156,51 @@
   <si>
     <t>Sorties Audio</t>
   </si>
   <si>
     <t>Haut-parleurs 2 x 5W</t>
   </si>
   <si>
     <t>Sortie moniteur de contrôle</t>
   </si>
   <si>
     <t>CARACTERISTIQUES</t>
   </si>
   <si>
     <t>Extra</t>
   </si>
   <si>
     <t>lisible à la lumière du soleil, poignées, connecteur de capteur de lumière, orientation portrait gauche et droite</t>
   </si>
   <si>
     <t>Durée maximum d'utilisation en discontinue</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
-    <t>Matière du cadre</t>
+    <t>Boîtier (cadre)</t>
   </si>
   <si>
     <t>metal</t>
   </si>
   <si>
     <t>Capteur luminosité</t>
   </si>
   <si>
     <t>oui</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>Langues OSD</t>
   </si>
   <si>
     <t>EN</t>
   </si>
   <si>
     <t>Boutons de contrôle</t>
   </si>
   <si>
     <t>En bas / Lumonisité, Menu / Entrer,  En haut / Selection d'entrée, Alimentation</t>
   </si>