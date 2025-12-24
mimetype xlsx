--- v0 (2025-10-26)
+++ v1 (2025-12-24)
@@ -154,51 +154,51 @@
   <si>
     <t>Haut-parleurs 2 x 5W</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>oui</t>
   </si>
   <si>
     <t>CARACTERISTIQUES</t>
   </si>
   <si>
     <t>Extra</t>
   </si>
   <si>
     <t>LCD avec traitement anti noircissement (H-Tni 110°C), poignées, Trous de fixation (arrière) pour NUC, lisible en plein soleil.</t>
   </si>
   <si>
     <t>Durée maximum d'utilisation en discontinue</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
-    <t>Matière du cadre</t>
+    <t>Boîtier (cadre)</t>
   </si>
   <si>
     <t>metal</t>
   </si>
   <si>
     <t>Capteur luminosité</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>Langues OSD</t>
   </si>
   <si>
     <t>EN</t>
   </si>
   <si>
     <t>Boutons de contrôle</t>
   </si>
   <si>
     <t>Alimentation,  Menu / Entrer, Augmenter, Retourner/ Sortir, Baisser</t>
   </si>
   <si>
     <t>Paramètres réglables</t>
   </si>