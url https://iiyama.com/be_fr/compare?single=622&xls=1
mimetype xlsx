--- v0 (2025-10-26)
+++ v1 (2026-01-02)
@@ -199,51 +199,51 @@
   <si>
     <t>Matériel</t>
   </si>
   <si>
     <t>CPU: MSD95E1D-W4, Quad-Core ARM, 1.4Ghz, Mémoire RAM: 2GB, Stockage: 8GB eMMC</t>
   </si>
   <si>
     <t>Extra</t>
   </si>
   <si>
     <t>Slot Micro SD</t>
   </si>
   <si>
     <t>Durée maximum d'utilisation en discontinue</t>
   </si>
   <si>
     <t>18/7</t>
   </si>
   <si>
     <t>Anti rétention d'image</t>
   </si>
   <si>
     <t>Lecteur Media</t>
   </si>
   <si>
-    <t>Matière du cadre</t>
+    <t>Boîtier (cadre)</t>
   </si>
   <si>
     <t>plastic</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>Langues OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, CN, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Boutons de contrôle</t>
   </si>
   <si>
     <t>Alimentation, Muet, Entrée, +, -, En haut, En bas, Menu</t>
   </si>
   <si>
     <t>Paramètres réglables</t>
   </si>
   <si>
     <t>image (luminosité, contraste, netteté, niveau de noir, teinte, couleur, reduction de bruit, sélection gamma, tempraturé couleurs, controle couleurs, energie intelligente, sur-balayage, réinitialiser image) Écran (Position H., Position V., horloge, phase horloge, mode zoom, zoom personal, réglage auto, réinitialiser écran), audio (balance, aigus, graves, volume, sortie audio, volume maximum, volume minimum, muet, source audio, réinitialiser audio), configuration 1 (etat allumer, suavegarde de panel, routage RS232, source démar, WOL, RGB range, réinitialiser config 1, préréglage usine), configuration 2 (extinction de l'OSD, OSD position H., OSD Position V., information OSD, logo, ident. du moniteur, statut de chaleur, infos moniteur, version HDMI, réinitialiser config 2), option avanceé (commande registre, led alim., controle du clavier, programmateur arrêt, date et heure, calendrier, HDMI avec One Wire, langue, transparance OSD, économie d'énergie, réinitialiser option avancée), réglages Android ( Ethernet, écran multimédia, outils systéme, display, applications, date &amp; heure, developer options, a propos de)</t>
   </si>