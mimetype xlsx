--- v0 (2025-10-27)
+++ v1 (2025-12-25)
@@ -226,51 +226,51 @@
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Epaisseur du verre</t>
   </si>
   <si>
     <t>3mm</t>
   </si>
   <si>
     <t>Dûreté du verre</t>
   </si>
   <si>
     <t>7H</t>
   </si>
   <si>
     <t>60950-1 I’essai de chute de bille</t>
   </si>
   <si>
     <t>Protection contre l’eau et la poussière</t>
   </si>
   <si>
     <t>IP54 (front)</t>
   </si>
   <si>
-    <t>Matière du cadre</t>
+    <t>Boîtier (cadre)</t>
   </si>
   <si>
     <t>metal</t>
   </si>
   <si>
     <t>Blocage OSD</t>
   </si>
   <si>
     <t>Blocage contrôle à distance</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>Langues OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, NL, PL</t>
   </si>
   <si>
     <t>Boutons de contrôle</t>
   </si>
   <si>
     <t>Alimentation, Gauche/Volume-, Droit/Volume+, En Haut, En Bas, Menu, Entrer/Selection Entree</t>
   </si>