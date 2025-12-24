--- v0 (2025-10-26)
+++ v1 (2025-12-24)
@@ -191,51 +191,51 @@
   <si>
     <t>x1 (v.2.0)</t>
   </si>
   <si>
     <t>CARACTERISTIQUES</t>
   </si>
   <si>
     <t>Extra</t>
   </si>
   <si>
     <t>handles</t>
   </si>
   <si>
     <t>Durée maximum d'utilisation en discontinue</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Mur d’images / daisy chain</t>
   </si>
   <si>
     <t>Lecteur Media</t>
   </si>
   <si>
-    <t>Matière du cadre</t>
+    <t>Boîtier (cadre)</t>
   </si>
   <si>
     <t>metal</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>Langues OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, PT, CN, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Paramètres réglables</t>
   </si>
   <si>
     <t>image (style d'image, restaurer style, contraste du rétroéclairage, couleur, contour, réduction bruit, réd. artéf. MPEG, digital crystal clear, avancé, jeu ou ordinateur, format écran) son (style de son, restaurer style, grave, aigu, balance, mode surround, sortie audio, avancé) empilage (activé, moniteurs H, mopniteurs V, position, com. cadre) paramètres généraux (langue des menus, id moniteur, recherche auto, horloge, programmation, arrêt programmé, easylink, réglage auto, verr clavier local, verrouillage TC, changement de pixel, alimentation futée, wake on lan, etat allumer, LED, délai d'allumage, logo, APM, informations ASD, standard displayport, port contrôle réseau, préréglages usine) paramètres réseau (voir paramètres réseau, configuration réseau, configuration IP statique, digital media renderer - DMR, nom du réseau)</t>
   </si>
   <si>
     <t>Plug&amp;Play</t>
   </si>
   <si>
     <t>DDC2B, Mac OSX</t>
   </si>