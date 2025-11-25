--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -229,51 +229,51 @@
   <si>
     <t>Extra</t>
   </si>
   <si>
     <t>les outils et applications d'annotations intégrés interactifs permettant de faire des recherches sur internet, montrer des documents, présentations, vidéo etc.</t>
   </si>
   <si>
     <t>Mode Kiosk</t>
   </si>
   <si>
     <t>Durée maximum d'utilisation en discontinue</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Lecteur Media</t>
   </si>
   <si>
     <t>Epaisseur du verre</t>
   </si>
   <si>
     <t>4mm</t>
   </si>
   <si>
-    <t>Matière du cadre</t>
+    <t>Boîtier (cadre)</t>
   </si>
   <si>
     <t>metal</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>Langues OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, IT, RU, CZ, NL, PL</t>
   </si>
   <si>
     <t>Boutons de contrôle</t>
   </si>
   <si>
     <t>Power, Home, Return, Menu, Volume -, Volume +</t>
   </si>
   <si>
     <t>Paramètres réglables</t>
   </si>
   <si>
     <t>Réglages Principaux: Entrée,  Luminosité,  Réglages du acoustique (volume,  graves,  aigus,  balance,  mode audio,  silence),  Réglages du écran (zoom,  anti tâches également),  Réglage du affichage (luminosité,  contraste,  teinte,  netteté,  mode image temp de couleur),  Réglage du ajuster (position H.,  position V.,  horloge,  phase,  auto),  Paramètres avancés  (réseaux/WiFi,  ethernet,  Partage,  dispositif,  affichage,  stockage,  applications), Personnel,  (Securité langue &amp; entrée,  commutateur,  mot de passe,  réglages entrées  autres régllages),  System (date &amp; heure,  information)</t>
   </si>