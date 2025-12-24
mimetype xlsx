--- v0 (2025-10-26)
+++ v1 (2025-12-24)
@@ -175,51 +175,51 @@
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>oui</t>
   </si>
   <si>
     <t>Ports USB</t>
   </si>
   <si>
     <t>x1 (v.2.0 media playback)</t>
   </si>
   <si>
     <t>CARACTERISTIQUES</t>
   </si>
   <si>
     <t>Durée maximum d'utilisation en discontinue</t>
   </si>
   <si>
     <t>12/7</t>
   </si>
   <si>
     <t>Lecteur Media</t>
   </si>
   <si>
-    <t>Matière du cadre</t>
+    <t>Boîtier (cadre)</t>
   </si>
   <si>
     <t>plastic</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>Langues OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Boutons de contrôle</t>
   </si>
   <si>
     <t>Power, Mute, Input, +, -, Up, Down, Menu</t>
   </si>
   <si>
     <t>Paramètres réglables</t>
   </si>
   <si>
     <t>image (mode image, remise à zéro, contraste, luminosité, couleurs, nuances, précision, avancé, format et bords), son (mode son, remise à zéro, basses, aigus, sortie audio, avancé), réglages généraux (langage, ID moniteur, mode ECO, recherche auto, horloge, programmation, mise en veille programmée, extinction auto, réglage auto, changement de pixel, réglages contrôles, opening logo, réglages usine), réglages réseau (voir réglages réseau, réglages réseau, configuration adresse IP statique, outils de restitution numérique, réveil via le LAN, nom du réseau)</t>
   </si>