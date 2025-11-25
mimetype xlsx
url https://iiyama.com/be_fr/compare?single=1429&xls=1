--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -183,51 +183,51 @@
   <si>
     <t>2 x 1W</t>
   </si>
   <si>
     <t>MECANIQUE</t>
   </si>
   <si>
     <t>Réglages Position Image</t>
   </si>
   <si>
     <t>angle V</t>
   </si>
   <si>
     <t>Angle d'inclinaison</t>
   </si>
   <si>
     <t>60° en avant; 45° en arrière</t>
   </si>
   <si>
     <t>ACCESSOIRES INCLUS</t>
   </si>
   <si>
     <t>Câbles</t>
   </si>
   <si>
-    <t>câble d'alimentation (1.0m), USB-C (1.5m)</t>
+    <t>USB-C (1.5m)</t>
   </si>
   <si>
     <t>Autres</t>
   </si>
   <si>
     <t>guide démarrage rapide, guide de sécurité</t>
   </si>
   <si>
     <t>GESTION DE L'ÉNERGIE</t>
   </si>
   <si>
     <t>Bloc d'alimentation</t>
   </si>
   <si>
     <t>interne</t>
   </si>
   <si>
     <t>Alimentation</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Gestion d'alimentation</t>
   </si>