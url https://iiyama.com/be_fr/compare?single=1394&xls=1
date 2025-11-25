--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
   <si>
     <t>ProLite TE7515A-B1AG</t>
   </si>
   <si>
     <t>CARACTÉRISTIQUES DE L'ÉCRAN</t>
   </si>
   <si>
     <t>Design</t>
   </si>
   <si>
     <t>cadre fin</t>
   </si>
   <si>
     <t>Diagonale</t>
   </si>
   <si>
     <t>75", 189.3cm</t>
   </si>
   <si>
     <t>Matrice</t>
   </si>
   <si>
     <t>IPS</t>
   </si>
   <si>
@@ -163,300 +163,303 @@
   </si>
   <si>
     <t>USB</t>
   </si>
   <si>
     <t>Systèmes d'exploitations compatibles</t>
   </si>
   <si>
     <t>Tous les Moniteurs Iiyama sont compatibles “Plug &amp; Play” sous Windows ou LINUX. Pour plus de details sur les modèles tactiles compatibles avec les OS supportés, merci de vous référer au fichier des instructions du pilote disponible dans la rubrique “Téléchargement”.</t>
   </si>
   <si>
     <t>Interférence de la paume</t>
   </si>
   <si>
     <t>oui</t>
   </si>
   <si>
     <t>PORTS ET CONNECTEURS</t>
   </si>
   <si>
     <t>Entrée signal digital</t>
   </si>
   <si>
     <t>HDMI x2 (2.0, max. 3840x2160 @60Hz, YUV444, ARC on HDMI #1)
 DisplayPort x1 (1.2, max. 3840x2160 @60Hz)
-USB-C x1 (3.2 (Gen 1, 5Gbit), 3840x2160 @60Hz (RGB444), DP 1.2 Alt mode, tactile, 1x avant : 100W PD , 1x arrière : 15W PD)</t>
+USB-C x1 (2.0, 480Mbps), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode, PD 100W, Data, Touch)</t>
   </si>
   <si>
     <t>Entrées audio</t>
   </si>
   <si>
     <t>Mini jack x1 (Microphone)</t>
   </si>
   <si>
     <t>Entrées de contrôle du moniteur</t>
   </si>
   <si>
     <t>RS-232c x1 (DSUB 9pin)</t>
   </si>
   <si>
     <t>Sortie signal digital</t>
   </si>
   <si>
     <t>HDMI x1 (2.0, max. 3840x2160 @60Hz, YUV444 / RGB444)
-USB-C x1 (3.2, Gen 1, 5Gbit), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode)</t>
+USB-C x1 (2.0, 480Mbps), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode)</t>
   </si>
   <si>
     <t>Sorties Audio</t>
   </si>
   <si>
     <t>S/PDIF (Optical) x1
 Mini jack x1 (Headphone)
 Haut-parleurs 2 x 20W (Frontale + 20W Subwoofer)</t>
   </si>
   <si>
     <t>Sortie moniteur de contrôle</t>
   </si>
   <si>
     <t>OPS Slot x1 (Intel OPS 80pin)</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>Ports USB</t>
   </si>
   <si>
-    <t>x5</t>
+    <t>x4 (lecture multimédia / périphériques / stockage - face côté: 2x 3.2 (Gen 1, 5Gbit), 1x 2.0 (Android only), 1x USB-C IN 2.0 (480Mbps, 100W PD))</t>
   </si>
   <si>
     <t>RJ45 (LAN)</t>
   </si>
   <si>
     <t>x2 (Commutateur automatique pour PC et Android, 1000 MB)</t>
   </si>
   <si>
     <t>Microphone</t>
   </si>
   <si>
     <t>8-Array (8m voice-pickup)</t>
   </si>
   <si>
     <t>CARACTERISTIQUES</t>
   </si>
   <si>
     <t>Logiciel intégré</t>
   </si>
   <si>
     <t>iiWare 21E (Android 14 OS) avec Google EDLA, iiControl (DMS), Whiteboard, iiBrowser, gestionnaire de fichiers, disques en nuage et iiShare &amp; EShare pour une connexion sans fil avec des périphériques Windows / iOS / Android</t>
   </si>
   <si>
     <t>WiFi</t>
   </si>
   <si>
     <t>oui (WiFi-6, Bluetooth 5.0)</t>
   </si>
   <si>
     <t>Matériel</t>
   </si>
   <si>
     <t>CPU: RK3576 Octa-core A72*4 + A53*4, GPU: Mali G52 MC3, RAM: 16GB, ROM: 128GB</t>
   </si>
   <si>
     <t>Extra</t>
   </si>
   <si>
-    <t>Capteurs : Lumière ambiante, lecteur NFC, détection de mouvement PIR, prise du stylet ; emplacement pour PC OPS optionnel, emplacement carte Micro SD, 4x stylet tactile (revêtement antibactérien)</t>
+    <t>Capteurs : Lumière ambiante, lecteur NFC, détection de mouvement PIR, prise du stylet ; emplacement pour PC OPS optionnel, emplacement carte Micro SD, 4x stylet tactile</t>
   </si>
   <si>
     <t>PiP</t>
   </si>
   <si>
     <t>Durée maximum d'utilisation en discontinue</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Lecteur Media</t>
   </si>
   <si>
     <t>Epaisseur du verre</t>
   </si>
   <si>
     <t>3.2mm</t>
   </si>
   <si>
     <t>Dûreté du verre</t>
   </si>
   <si>
     <t>7H</t>
   </si>
   <si>
-    <t>Matière du cadre</t>
+    <t>Boîtier (cadre)</t>
   </si>
   <si>
     <t>metal</t>
   </si>
   <si>
     <t>Blocage OSD</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>Langues OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, CZ, NL, PL, CAT, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Boutons de contrôle</t>
   </si>
   <si>
+    <t>Alimentation (appuyer et maintenir pendant 3 à 5 secondes), Accueil (raccourci à l’écran) : Appuyez brièvement sur le bouton d’alimentation</t>
+  </si>
+  <si>
+    <t>Paramètres réglables</t>
+  </si>
+  <si>
+    <t>personnalisation (thème, fond d'écran, boucle automatique), affichage (rétroéclairage, mode image, luminosité, contraste, saturation, teinte, netteté, température des couleurs, mode protection des yeux, économie d'énergie, plage HDMI), son (volume direct, volume maximal, égaliseur, balance, mode sonore, basses, aigus), général (menu radial, barre de menu latérale, interaction gestuelle, enregistreur d'écran, annotation libre), appareil (microphone, caméra (externe), NFC, CEC, capteur de lumière ambiante, capteur de prise du stylet, capteur de mouvement PIR), paramètres d'entrée (détection de perte de source, commutation automatique de source, réveil automatique, démarrage OPS avec le système, source au démarrage, renommer le paramètre d'entrée), système (état de l'alimentation, version de build), admin (verrouillage du menu, sécurité du système, mode réunion, partage d'écran, mode HDMI, wake on lan), applications (réseau &amp; internet, appareils connectés, applications, notifications, stockage, son &amp; vibration, affichage, fond d'écran, accessibilité, sécurité &amp; confidentialité, localisation, sécurité &amp; urgence, mots de passe &amp; comptes, bien-être numérique &amp; contrôle parental, Google, système, à propos de l'appareil)</t>
+  </si>
+  <si>
+    <t>Réducteur de lumière bleue</t>
+  </si>
+  <si>
+    <t>Flicker Free LED</t>
+  </si>
+  <si>
+    <t>Plug&amp;Play</t>
+  </si>
+  <si>
+    <t>DDC2B</t>
+  </si>
+  <si>
+    <t>Garantie</t>
+  </si>
+  <si>
+    <t>5 ans (pour plus de détails sur les conditions dans les pays particuliers merci de vérifier la section Garantie de notre site web)</t>
+  </si>
+  <si>
+    <t>MECANIQUE</t>
+  </si>
+  <si>
+    <t>Orientation</t>
+  </si>
+  <si>
+    <t>paysage</t>
+  </si>
+  <si>
+    <t>Conception sans ventilateur</t>
+  </si>
+  <si>
+    <t>Montage VESA</t>
+  </si>
+  <si>
+    <t>800 x 400mm</t>
+  </si>
+  <si>
+    <t>Température d'utilisation</t>
+  </si>
+  <si>
+    <t>0°C - 40°C</t>
+  </si>
+  <si>
+    <t>Température de stockage</t>
+  </si>
+  <si>
+    <t>- 20°C - 60°C</t>
+  </si>
+  <si>
+    <t>MTBF</t>
+  </si>
+  <si>
+    <t>50.000 heures (sauf rétro-éclairage)</t>
+  </si>
+  <si>
+    <t>ACCESSOIRES INCLUS</t>
+  </si>
+  <si>
+    <t>Câbles</t>
+  </si>
+  <si>
+    <t>câble d'alimentation (EU 3m, UK 3m), USB (3m), HDMI (3m)</t>
+  </si>
+  <si>
+    <t>Stylet</t>
+  </si>
+  <si>
+    <t>x4 (Pointes à double fonction)</t>
+  </si>
+  <si>
+    <t>Guides</t>
+  </si>
+  <si>
+    <t>guide démarrage rapide, guide de sécurité</t>
+  </si>
+  <si>
+    <t>Autres</t>
+  </si>
+  <si>
+    <t>Support de fixation murale (VESA 800x400), support de fixation pour webcam  Spanish:</t>
+  </si>
+  <si>
+    <t>Télécommande</t>
+  </si>
+  <si>
+    <t>oui (batteries inclus)</t>
+  </si>
+  <si>
+    <t>GESTION DE L'ÉNERGIE</t>
+  </si>
+  <si>
+    <t>Bloc d'alimentation</t>
+  </si>
+  <si>
+    <t>interne</t>
+  </si>
+  <si>
     <t>Alimentation</t>
   </si>
   <si>
-    <t>Paramètres réglables</t>
-[...100 lines deleted...]
-  <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Gestion d'alimentation</t>
   </si>
   <si>
     <t>216W typique, 0.5W en veille, 0.3W éteint</t>
   </si>
   <si>
     <t>NORMES</t>
   </si>
   <si>
     <t>Certifications</t>
   </si>
   <si>
-    <t>CB, CE, TÜV-Bauart, EAC, RoHS support, ErP, WEEE, EPEAT, REACH (RoHS)</t>
+    <t>CB, CE, TÜV-GS, EAC, RoHS support, ErP, WEEE, EPEAT, REACH (RoHS)</t>
   </si>
   <si>
     <t>Classe d'efficacité énergétique (Regulation (EU) 2017/1369)</t>
   </si>
   <si>
     <t>G</t>
   </si>
   <si>
     <t>EPEAT</t>
   </si>
   <si>
     <t>EPEAT* - la norme EPEAT est une norme environnementale qui permet d’identifier les équipements électroniques les plus écologiques. La certification « EPEAT Bronze» signifie que ce moniteur répond à tous les critères principaux requis. La certification « EPEAT Bronze» est valable dans les pays où iiyama a enregistré le produit. Merci de visiter le site www.eapeat.net pour vérifier le statut de certification dans votre pays.</t>
   </si>
   <si>
     <t>REACH SVHC</t>
   </si>
   <si>
     <t>au dessus de 0.1% de plomb</t>
   </si>
   <si>
     <t>DIMENSIONS / POIDS</t>
   </si>
   <si>
     <t>Dimensions produit L x H x P</t>
   </si>
@@ -2395,453 +2398,453 @@
       <c r="M79" s="2"/>
       <c r="N79" s="2"/>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="1" t="s">
         <v>124</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>125</v>
       </c>
       <c r="C80" s="1"/>
       <c r="D80" s="1"/>
       <c r="E80" s="1"/>
       <c r="F80" s="1"/>
       <c r="G80" s="1"/>
       <c r="H80" s="1"/>
       <c r="I80" s="1"/>
       <c r="J80" s="1"/>
       <c r="K80" s="1"/>
       <c r="L80" s="1"/>
       <c r="M80" s="1"/>
       <c r="N80" s="1"/>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" s="1" t="s">
-        <v>91</v>
+        <v>126</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C81" s="1"/>
       <c r="D81" s="1"/>
       <c r="E81" s="1"/>
       <c r="F81" s="1"/>
       <c r="G81" s="1"/>
       <c r="H81" s="1"/>
       <c r="I81" s="1"/>
       <c r="J81" s="1"/>
       <c r="K81" s="1"/>
       <c r="L81" s="1"/>
       <c r="M81" s="1"/>
       <c r="N81" s="1"/>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C82" s="1"/>
       <c r="D82" s="1"/>
       <c r="E82" s="1"/>
       <c r="F82" s="1"/>
       <c r="G82" s="1"/>
       <c r="H82" s="1"/>
       <c r="I82" s="1"/>
       <c r="J82" s="1"/>
       <c r="K82" s="1"/>
       <c r="L82" s="1"/>
       <c r="M82" s="1"/>
       <c r="N82" s="1"/>
     </row>
     <row r="83" spans="1:14">
       <c r="A83" s="1"/>
       <c r="B83" s="1"/>
       <c r="C83" s="1"/>
       <c r="D83" s="1"/>
       <c r="E83" s="1"/>
       <c r="F83" s="1"/>
       <c r="G83" s="1"/>
       <c r="H83" s="1"/>
       <c r="I83" s="1"/>
       <c r="J83" s="1"/>
       <c r="K83" s="1"/>
       <c r="L83" s="1"/>
       <c r="M83" s="1"/>
       <c r="N83" s="1"/>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B84" s="2"/>
       <c r="C84" s="2"/>
       <c r="D84" s="2"/>
       <c r="E84" s="2"/>
       <c r="F84" s="2"/>
       <c r="G84" s="2"/>
       <c r="H84" s="2"/>
       <c r="I84" s="2"/>
       <c r="J84" s="2"/>
       <c r="K84" s="2"/>
       <c r="L84" s="2"/>
       <c r="M84" s="2"/>
       <c r="N84" s="2"/>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C85" s="1"/>
       <c r="D85" s="1"/>
       <c r="E85" s="1"/>
       <c r="F85" s="1"/>
       <c r="G85" s="1"/>
       <c r="H85" s="1"/>
       <c r="I85" s="1"/>
       <c r="J85" s="1"/>
       <c r="K85" s="1"/>
       <c r="L85" s="1"/>
       <c r="M85" s="1"/>
       <c r="N85" s="1"/>
     </row>
     <row r="86" spans="1:14">
       <c r="A86" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C86" s="1"/>
       <c r="D86" s="1"/>
       <c r="E86" s="1"/>
       <c r="F86" s="1"/>
       <c r="G86" s="1"/>
       <c r="H86" s="1"/>
       <c r="I86" s="1"/>
       <c r="J86" s="1"/>
       <c r="K86" s="1"/>
       <c r="L86" s="1"/>
       <c r="M86" s="1"/>
       <c r="N86" s="1"/>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C87" s="1"/>
       <c r="D87" s="1"/>
       <c r="E87" s="1"/>
       <c r="F87" s="1"/>
       <c r="G87" s="1"/>
       <c r="H87" s="1"/>
       <c r="I87" s="1"/>
       <c r="J87" s="1"/>
       <c r="K87" s="1"/>
       <c r="L87" s="1"/>
       <c r="M87" s="1"/>
       <c r="N87" s="1"/>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C88" s="1"/>
       <c r="D88" s="1"/>
       <c r="E88" s="1"/>
       <c r="F88" s="1"/>
       <c r="G88" s="1"/>
       <c r="H88" s="1"/>
       <c r="I88" s="1"/>
       <c r="J88" s="1"/>
       <c r="K88" s="1"/>
       <c r="L88" s="1"/>
       <c r="M88" s="1"/>
       <c r="N88" s="1"/>
     </row>
     <row r="89" spans="1:14">
       <c r="A89" s="1"/>
       <c r="B89" s="1"/>
       <c r="C89" s="1"/>
       <c r="D89" s="1"/>
       <c r="E89" s="1"/>
       <c r="F89" s="1"/>
       <c r="G89" s="1"/>
       <c r="H89" s="1"/>
       <c r="I89" s="1"/>
       <c r="J89" s="1"/>
       <c r="K89" s="1"/>
       <c r="L89" s="1"/>
       <c r="M89" s="1"/>
       <c r="N89" s="1"/>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B90" s="2"/>
       <c r="C90" s="2"/>
       <c r="D90" s="2"/>
       <c r="E90" s="2"/>
       <c r="F90" s="2"/>
       <c r="G90" s="2"/>
       <c r="H90" s="2"/>
       <c r="I90" s="2"/>
       <c r="J90" s="2"/>
       <c r="K90" s="2"/>
       <c r="L90" s="2"/>
       <c r="M90" s="2"/>
       <c r="N90" s="2"/>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C91" s="1"/>
       <c r="D91" s="1"/>
       <c r="E91" s="1"/>
       <c r="F91" s="1"/>
       <c r="G91" s="1"/>
       <c r="H91" s="1"/>
       <c r="I91" s="1"/>
       <c r="J91" s="1"/>
       <c r="K91" s="1"/>
       <c r="L91" s="1"/>
       <c r="M91" s="1"/>
       <c r="N91" s="1"/>
     </row>
     <row r="92" spans="1:14">
       <c r="A92" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C92" s="1"/>
       <c r="D92" s="1"/>
       <c r="E92" s="1"/>
       <c r="F92" s="1"/>
       <c r="G92" s="1"/>
       <c r="H92" s="1"/>
       <c r="I92" s="1"/>
       <c r="J92" s="1"/>
       <c r="K92" s="1"/>
       <c r="L92" s="1"/>
       <c r="M92" s="1"/>
       <c r="N92" s="1"/>
     </row>
     <row r="93" spans="1:14">
       <c r="A93" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C93" s="1"/>
       <c r="D93" s="1"/>
       <c r="E93" s="1"/>
       <c r="F93" s="1"/>
       <c r="G93" s="1"/>
       <c r="H93" s="1"/>
       <c r="I93" s="1"/>
       <c r="J93" s="1"/>
       <c r="K93" s="1"/>
       <c r="L93" s="1"/>
       <c r="M93" s="1"/>
       <c r="N93" s="1"/>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C94" s="1"/>
       <c r="D94" s="1"/>
       <c r="E94" s="1"/>
       <c r="F94" s="1"/>
       <c r="G94" s="1"/>
       <c r="H94" s="1"/>
       <c r="I94" s="1"/>
       <c r="J94" s="1"/>
       <c r="K94" s="1"/>
       <c r="L94" s="1"/>
       <c r="M94" s="1"/>
       <c r="N94" s="1"/>
     </row>
     <row r="95" spans="1:14">
       <c r="A95" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B95" s="1">
         <v>4948570124855</v>
       </c>
       <c r="C95" s="1"/>
       <c r="D95" s="1"/>
       <c r="E95" s="1"/>
       <c r="F95" s="1"/>
       <c r="G95" s="1"/>
       <c r="H95" s="1"/>
       <c r="I95" s="1"/>
       <c r="J95" s="1"/>
       <c r="K95" s="1"/>
       <c r="L95" s="1"/>
       <c r="M95" s="1"/>
       <c r="N95" s="1"/>
     </row>
     <row r="96" spans="1:14">
       <c r="A96" s="1"/>
       <c r="B96" s="1"/>
       <c r="C96" s="1"/>
       <c r="D96" s="1"/>
       <c r="E96" s="1"/>
       <c r="F96" s="1"/>
       <c r="G96" s="1"/>
       <c r="H96" s="1"/>
       <c r="I96" s="1"/>
       <c r="J96" s="1"/>
       <c r="K96" s="1"/>
       <c r="L96" s="1"/>
       <c r="M96" s="1"/>
       <c r="N96" s="1"/>
     </row>
     <row r="97" spans="1:14">
       <c r="A97" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B97" s="2"/>
       <c r="C97" s="2"/>
       <c r="D97" s="2"/>
       <c r="E97" s="2"/>
       <c r="F97" s="2"/>
       <c r="G97" s="2"/>
       <c r="H97" s="2"/>
       <c r="I97" s="2"/>
       <c r="J97" s="2"/>
       <c r="K97" s="2"/>
       <c r="L97" s="2"/>
       <c r="M97" s="2"/>
       <c r="N97" s="2"/>
     </row>
     <row r="98" spans="1:14">
       <c r="A98" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C98" s="1"/>
       <c r="D98" s="1"/>
       <c r="E98" s="1"/>
       <c r="F98" s="1"/>
       <c r="G98" s="1"/>
       <c r="H98" s="1"/>
       <c r="I98" s="1"/>
       <c r="J98" s="1"/>
       <c r="K98" s="1"/>
       <c r="L98" s="1"/>
       <c r="M98" s="1"/>
       <c r="N98" s="1"/>
     </row>
     <row r="99" spans="1:14">
       <c r="A99" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C99" s="1"/>
       <c r="D99" s="1"/>
       <c r="E99" s="1"/>
       <c r="F99" s="1"/>
       <c r="G99" s="1"/>
       <c r="H99" s="1"/>
       <c r="I99" s="1"/>
       <c r="J99" s="1"/>
       <c r="K99" s="1"/>
       <c r="L99" s="1"/>
       <c r="M99" s="1"/>
       <c r="N99" s="1"/>
     </row>
     <row r="100" spans="1:14">
       <c r="A100" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C100" s="1"/>
       <c r="D100" s="1"/>
       <c r="E100" s="1"/>
       <c r="F100" s="1"/>
       <c r="G100" s="1"/>
       <c r="H100" s="1"/>
       <c r="I100" s="1"/>
       <c r="J100" s="1"/>
       <c r="K100" s="1"/>
       <c r="L100" s="1"/>
       <c r="M100" s="1"/>
       <c r="N100" s="1"/>
     </row>
     <row r="101" spans="1:14">
       <c r="A101" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C101" s="1"/>
       <c r="D101" s="1"/>
       <c r="E101" s="1"/>
       <c r="F101" s="1"/>
       <c r="G101" s="1"/>
       <c r="H101" s="1"/>
       <c r="I101" s="1"/>
       <c r="J101" s="1"/>
       <c r="K101" s="1"/>
       <c r="L101" s="1"/>
       <c r="M101" s="1"/>
       <c r="N101" s="1"/>
     </row>
     <row r="102" spans="1:14">
       <c r="A102" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B102" s="1">
         <v>4948570124855</v>
       </c>
       <c r="C102" s="1"/>
       <c r="D102" s="1"/>
       <c r="E102" s="1"/>
       <c r="F102" s="1"/>
       <c r="G102" s="1"/>
       <c r="H102" s="1"/>
       <c r="I102" s="1"/>
       <c r="J102" s="1"/>
       <c r="K102" s="1"/>
       <c r="L102" s="1"/>
       <c r="M102" s="1"/>
       <c r="N102" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>