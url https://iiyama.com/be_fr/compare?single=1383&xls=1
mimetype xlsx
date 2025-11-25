--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -143,51 +143,51 @@
   <si>
     <t>Tactile</t>
   </si>
   <si>
     <t>Technologie tactile</t>
   </si>
   <si>
     <t>DeepContrast-PCAP</t>
   </si>
   <si>
     <t>Points de contact</t>
   </si>
   <si>
     <t>20 (HID, les périphériques seulement avec un OS approprié)</t>
   </si>
   <si>
     <t>Précision fonction tactile</t>
   </si>
   <si>
     <t>+- 2.5mm</t>
   </si>
   <si>
     <t>Méthode tactile</t>
   </si>
   <si>
-    <t>stylet, doigt, gant</t>
+    <t>stylet, doigt</t>
   </si>
   <si>
     <t>Interface tactile</t>
   </si>
   <si>
     <t>USB</t>
   </si>
   <si>
     <t>Systèmes d'exploitations compatibles</t>
   </si>
   <si>
     <t>Tous les Moniteurs Iiyama sont compatibles “Plug &amp; Play” sous Windows ou LINUX. Pour plus de details sur les modèles tactiles compatibles avec les OS supportés, merci de vous référer au fichier des instructions du pilote disponible dans la rubrique “Téléchargement”.</t>
   </si>
   <si>
     <t>Interférence de la paume</t>
   </si>
   <si>
     <t>oui</t>
   </si>
   <si>
     <t>PORTS ET CONNECTEURS</t>
   </si>
   <si>
     <t>Entrée signal digital</t>
   </si>
@@ -258,54 +258,54 @@
   <si>
     <t>Mode Kiosk</t>
   </si>
   <si>
     <t>Durée maximum d'utilisation en discontinue</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Anti rétention d'image</t>
   </si>
   <si>
     <t>Epaisseur du verre</t>
   </si>
   <si>
     <t>3.7mm</t>
   </si>
   <si>
     <t>Dûreté du verre</t>
   </si>
   <si>
     <t>8H</t>
   </si>
   <si>
-    <t>Matière du cadre</t>
-[...2 lines deleted...]
-    <t>metal</t>
+    <t>Boîtier (cadre)</t>
+  </si>
+  <si>
+    <t>métal (face avant)</t>
   </si>
   <si>
     <t>Blocage OSD</t>
   </si>
   <si>
     <t>Blocage contrôle à distance</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>Langues OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, RU, JP, NL, PL</t>
   </si>
   <si>
     <t>Boutons de contrôle</t>
   </si>
   <si>
     <t>Alimentation (appui long pour Menu Rapide : source, volume +, volume –, luminosité +, luminosité –, déverrouillage tactile)</t>
   </si>
   <si>
     <t>Paramètres réglables</t>
   </si>