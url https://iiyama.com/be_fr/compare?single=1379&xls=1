--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -77,69 +77,69 @@
   <si>
     <t xml:space="preserve">500 cd/m² </t>
   </si>
   <si>
     <t>Contraste</t>
   </si>
   <si>
     <t>5000:1</t>
   </si>
   <si>
     <t>Temps de réponse (GTG)</t>
   </si>
   <si>
     <t>6.5ms</t>
   </si>
   <si>
     <t>Angle de vision</t>
   </si>
   <si>
     <t>horizontal/vertical: 178°/178°, droit/gauche: 89°/89°, en avant/en arrière: 89°/89°</t>
   </si>
   <si>
     <t>Couleurs supportées</t>
   </si>
   <si>
-    <t>1.07G (8 Bits+FRC)</t>
+    <t>1.07G (8 Bits+FRC) (NTSC 72%)</t>
   </si>
   <si>
     <t>Fréquence horizontale</t>
   </si>
   <si>
     <t>57 - 62kHz</t>
   </si>
   <si>
     <t>Surface de travail H x L</t>
   </si>
   <si>
     <t>2158.8 x 1214.4mm, 85 x 47.8"</t>
   </si>
   <si>
     <t>Largeur Cadre (côtés, haut, bas)</t>
   </si>
   <si>
-    <t>21.5mm, 21.8mm, 21.8mm</t>
+    <t>20mm, 20mm, 20mm</t>
   </si>
   <si>
     <t>Taille du pixel</t>
   </si>
   <si>
     <t>0.487mm</t>
   </si>
   <si>
     <t>Couleur du cadre et finition</t>
   </si>
   <si>
     <t>noir, mate</t>
   </si>
   <si>
     <t>PORTS ET CONNECTEURS</t>
   </si>
   <si>
     <t>Entrée signal digital</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0, max. 3840x2160 @60Hz)
 USB-C x1 (DP Alt, 15W PD)</t>
   </si>
   <si>
     <t>Entrées de contrôle du moniteur</t>
@@ -196,51 +196,51 @@
   <si>
     <t>CPU: A73*4, GPU: G52 MC1, RAM: 4GB, ROM: 32GB</t>
   </si>
   <si>
     <t>Extra</t>
   </si>
   <si>
     <t>Kit de montage mural inclus(VESA 700x500mm)</t>
   </si>
   <si>
     <t>Durée maximum d'utilisation en discontinue</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Anti rétention d'image</t>
   </si>
   <si>
     <t>oui</t>
   </si>
   <si>
     <t>Lecteur Media</t>
   </si>
   <si>
-    <t>Matière du cadre</t>
+    <t>Boîtier (cadre)</t>
   </si>
   <si>
     <t>metal</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>Langues OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, CN, RU, JP, CZ, NL, PL, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Boutons de contrôle</t>
   </si>
   <si>
     <t>Indicateur d'alimentation, Alimentation, Capteur à distance</t>
   </si>
   <si>
     <t>Paramètres réglables</t>
   </si>
   <si>
     <t>Image (luminosité, contraste, netteté, niveau de noir, teinte, couleur, réduction de bruit, sélection gamma, température de couleur, contrôle de la couleur, overscan, réinitialisation de l'image), écran (mode de zoom, zoom personnalisé, réinitialisation de l'écran), audio (balance, aigus, graves, volume, sortie audio, volume maximal, volume minimal, sourdine, synchronisation de sortie audio, paramètres du haut-parleur, réinitialisation audio), configuration 1 (état de mise en marche, économie d'écran, routage RS232, démarrage sur source, WOL, réinitialisation configuration 1, réinitialisation d'usine), Configuration 2 (délai OSD, position OSD H, position OSD V, rotation du système, informations OSD, paramètres de logo et animation, paramètres d'animation, ID du moniteur, informations du moniteur, version HDMI, réinitialisation configuration 2), option avancée (contrôle IR, minuterie d'arrêt, planification, HDMI avec un seul câble, extinction de l'alimentation HDMI avec un seul câble, FailOver, langue, transparence OSD, économie d'énergie, réinitialisation option avancée), paramètres Android (réseau et Internet, applications et notifications, affichage, affichage d'enseigne, sécurité, langue et saisie, date et heure, à propos de l'appareil)</t>
   </si>