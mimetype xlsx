--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -41,66 +41,66 @@
   <si>
     <t>CARACTÉRISTIQUES DE L'ÉCRAN</t>
   </si>
   <si>
     <t>Design</t>
   </si>
   <si>
     <t>Edge to edge glass</t>
   </si>
   <si>
     <t>Diagonale</t>
   </si>
   <si>
     <t>23.8.", 60.5cm</t>
   </si>
   <si>
     <t>Matrice</t>
   </si>
   <si>
     <t>IPS</t>
   </si>
   <si>
     <t>Résolution native</t>
   </si>
   <si>
-    <t>1920 x 1080 @60Hz (2.1 megapixel Full HD)</t>
+    <t>1920 x 1080 @100Hz (2.1 megapixel Full HD)</t>
   </si>
   <si>
     <t>Le ratio d'aspect</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Luminosité</t>
   </si>
   <si>
     <t xml:space="preserve">400 cd/m² </t>
   </si>
   <si>
-    <t>344 cd/m² avec l'écran tactile</t>
+    <t>345 cd/m² avec l'écran tactile</t>
   </si>
   <si>
     <t>Transparence de la lumière</t>
   </si>
   <si>
     <t>86%</t>
   </si>
   <si>
     <t>Contraste</t>
   </si>
   <si>
     <t>1000:1</t>
   </si>
   <si>
     <t>Temps de réponse (GTG)</t>
   </si>
   <si>
     <t>5ms</t>
   </si>
   <si>
     <t>Angle de vision</t>
   </si>
   <si>
     <t>horizontal/vertical: horizontal°/vertical horizontal°, droit/gauche: 0°/0°, en avant/en arrière: 0°/0°</t>
   </si>