--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -255,51 +255,51 @@
   <si>
     <t>Autres</t>
   </si>
   <si>
     <t>guide démarrage rapide, guide de sécurité</t>
   </si>
   <si>
     <t>GESTION DE L'ÉNERGIE</t>
   </si>
   <si>
     <t>Bloc d'alimentation</t>
   </si>
   <si>
     <t>interne</t>
   </si>
   <si>
     <t>Alimentation</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Gestion d'alimentation</t>
   </si>
   <si>
-    <t>55W typique, 0.5W en veille, 0.3W éteint</t>
+    <t>32W default , 0.5W en veille, 0.3W éteint</t>
   </si>
   <si>
     <t>NORMES</t>
   </si>
   <si>
     <t>Certifications</t>
   </si>
   <si>
     <t>TCO Certified, CE, TÜV-GS, EAC, VCCI-B, PSE, RoHS support, ErP, WEEE, REACH, UKCA</t>
   </si>
   <si>
     <t>Classe d'efficacité énergétique (Regulation (EU) 2017/1369)</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>EPEAT Silver</t>
   </si>
   <si>
     <t>*enregistrement varie selon les pays, consultez www.epeat.net pour plus de détails</t>
   </si>
   <si>
     <t>REACH SVHC</t>
   </si>