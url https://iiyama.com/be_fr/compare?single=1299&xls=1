--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -225,51 +225,51 @@
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Dûreté du verre</t>
   </si>
   <si>
     <t>6H</t>
   </si>
   <si>
     <t>60950-1 I’essai de chute de bille</t>
   </si>
   <si>
     <t>Test à l'impact</t>
   </si>
   <si>
     <t>IK-7</t>
   </si>
   <si>
     <t>Protection contre l’eau et la poussière</t>
   </si>
   <si>
     <t>IP65 (front)</t>
   </si>
   <si>
-    <t>Matière du cadre</t>
+    <t>Boîtier (cadre)</t>
   </si>
   <si>
     <t>metal</t>
   </si>
   <si>
     <t>Résistance à l'eau</t>
   </si>
   <si>
     <t>Blocage OSD</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>Langues OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, CN, JP</t>
   </si>
   <si>
     <t>Boutons de contrôle</t>
   </si>
   <si>
     <t>Menu, Réglage vers le haut/Luminosité, Réglage vers le bas/Contraste, Sélection, Alimentation</t>
   </si>