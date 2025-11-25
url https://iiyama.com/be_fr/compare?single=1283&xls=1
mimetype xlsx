--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -254,51 +254,51 @@
   <si>
     <t>Anti rétention d'image</t>
   </si>
   <si>
     <t>Epaisseur du verre</t>
   </si>
   <si>
     <t>4mm</t>
   </si>
   <si>
     <t>Dûreté du verre</t>
   </si>
   <si>
     <t>7H</t>
   </si>
   <si>
     <t>60950-1 I’essai de chute de bille</t>
   </si>
   <si>
     <t>Protection contre l’eau et la poussière</t>
   </si>
   <si>
     <t>IP65 (front)</t>
   </si>
   <si>
-    <t>Matière du cadre</t>
+    <t>Boîtier (cadre)</t>
   </si>
   <si>
     <t>metal</t>
   </si>
   <si>
     <t>Blocage OSD</t>
   </si>
   <si>
     <t>Blocage contrôle à distance</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>Langues OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, CZ, NL, PL, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Boutons de contrôle</t>
   </si>
   <si>
     <t>Alimentation</t>
   </si>