--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -285,51 +285,51 @@
   <si>
     <t>emplacement pour OPS Slot PC en option, 4x Stylo tactile</t>
   </si>
   <si>
     <t>Mode Kiosk</t>
   </si>
   <si>
     <t>Durée maximum d'utilisation en discontinue</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Epaisseur du verre</t>
   </si>
   <si>
     <t>3mm</t>
   </si>
   <si>
     <t>Dûreté du verre</t>
   </si>
   <si>
     <t>7H</t>
   </si>
   <si>
-    <t>Matière du cadre</t>
+    <t>Boîtier (cadre)</t>
   </si>
   <si>
     <t>metal</t>
   </si>
   <si>
     <t>Blocage OSD</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>Langues OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, CZ, NL, PL, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Boutons de contrôle</t>
   </si>
   <si>
     <t>Alimentation, Indicateur d'alimentation, Capteur à distance, Capteur de lumière, USB-C Connector (3.2)</t>
   </si>
   <si>
     <t>Paramètres réglables</t>
   </si>