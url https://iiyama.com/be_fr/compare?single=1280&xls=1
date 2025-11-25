--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -213,51 +213,51 @@
   <si>
     <t>revêtement anti-traces de doigts, verre tactile, résistance aux UV, capteur de lumière ambiante, capteur de proximité, contrôle automatique du ventilateur pour le refroidissement</t>
   </si>
   <si>
     <t>Epaisseur du verre</t>
   </si>
   <si>
     <t>3.15mm</t>
   </si>
   <si>
     <t>Dûreté du verre</t>
   </si>
   <si>
     <t>7H</t>
   </si>
   <si>
     <t>60950-1 I’essai de chute de bille</t>
   </si>
   <si>
     <t>Protection contre l’eau et la poussière</t>
   </si>
   <si>
     <t>IPIP65 (front)</t>
   </si>
   <si>
-    <t>Matière du cadre</t>
+    <t>Boîtier (cadre)</t>
   </si>
   <si>
     <t>metal</t>
   </si>
   <si>
     <t>Résistance à l'eau</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>Langues OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, CN, JP</t>
   </si>
   <si>
     <t>Boutons de contrôle</t>
   </si>
   <si>
     <t>Menu, Défilement vers le haut / Luminosité, Défilement vers le bas / Contraste, Sélection, Alimentation</t>
   </si>
   <si>
     <t>Paramètres réglables</t>
   </si>