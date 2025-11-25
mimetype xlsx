--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -208,51 +208,51 @@
   <si>
     <t>Intel® SDM-L, micro SD card slot</t>
   </si>
   <si>
     <t>Durée maximum d'utilisation en discontinue</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Anti rétention d'image</t>
   </si>
   <si>
     <t>oui</t>
   </si>
   <si>
     <t>Mur d’images / daisy chain</t>
   </si>
   <si>
     <t>Oui, (MST-output)</t>
   </si>
   <si>
     <t>Lecteur Media</t>
   </si>
   <si>
-    <t>Matière du cadre</t>
+    <t>Boîtier (cadre)</t>
   </si>
   <si>
     <t>metal</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>Langues OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, CN, RU, JP, CZ, NL, PL, SV, FI, NB</t>
   </si>
   <si>
     <t>Boutons de contrôle</t>
   </si>
   <si>
     <t>Alimentation</t>
   </si>
   <si>
     <t>Paramètres réglables</t>
   </si>
   <si>
     <t>image (luminosité, contraste, netteté, niveau de noir, teinte, couleur, réduction du bruit, sélection du gamma, température de couleur, contrôle de la couleur, surbalayage, réinitialisation de l'image), écran (mode zoom, zoom personnalisé, réinitialisation de l'écran), audio (balance, aigus, basses, volume, sortie audio, volume maximum, volume minimum, muet, réinitialisation audio, synchronisation de la sortie audio, réglage des haut-parleurs), configuration 1 (état d'activation, sauvegarde du panneau, routage RS232, démarrage sur la source, WOL, réinitialisation de la configuration 1, réinitialisation d'usine), configuration 2 (délai d'attente OSD, position H OSD, position V OSD, rotation, informations OSD, logo et réglage du logo d'animation, réglage de l'animation, ID du moniteur, ID du groupe, informations sur le moniteur, version DP, moniteurs DP, version HDMI, réinitialisation de la configuration 2), option avancée (no signal image, contrôle IR, lumière LED d'alimentation, carrelage, minuterie d'arrêt, calendrier, HDMI avec un fil, HDMI avec un fil hors tension, FailOver, langue, transparence OSD, économie d'énergie, réinitialisation de l'option avancée), paramètres Android (réseau et internet, applications et notifications, affichage, affichage de la signalisation, sécurité, langue et entrée, date et heure, à propos de l'appareil)</t>
   </si>