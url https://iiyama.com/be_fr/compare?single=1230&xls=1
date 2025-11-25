--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -177,51 +177,51 @@
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>Ports USB</t>
   </si>
   <si>
     <t>x1 (2.0, FW update support)</t>
   </si>
   <si>
     <t>CARACTERISTIQUES</t>
   </si>
   <si>
     <t>Durée maximum d'utilisation en discontinue</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Lecteur Media</t>
   </si>
   <si>
     <t>Oui (non supporté dans pivot)</t>
   </si>
   <si>
-    <t>Matière du cadre</t>
+    <t>Boîtier (cadre)</t>
   </si>
   <si>
     <t>plastic</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>Langues OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, JP, NL</t>
   </si>
   <si>
     <t>Boutons de contrôle</t>
   </si>
   <si>
     <t>Alimentation</t>
   </si>
   <si>
     <t>Paramètres réglables</t>
   </si>
   <si>
     <t>image (format d'image, température de couleur, réduction du bruit, contraste dynamique, gamma, luminosité, niveau de noir, couleur, contraste, teinte, netteté, plage RVB, réinitialisation), Son (aigus, graves, balance, haut-parleur, sortie audio, réinitialisation ), paramètres généraux 1 (langues des menus, horloge, programmation, liaison HDMI CEC, modes HDMI, paramètres de communication), écran (réglage automatique, horloge, phase, position H., position V., réinitialisation), paramètres généraux 2 (mise sous tension automatique désactivé, veille réseau, gestion de l'alimentation, détection automatique du signal, lecture automatique, verrouillage de la base de connaissances locale, verrouillage RC, ID du moniteur, LED, décalage des pixels, informations, réinitialisation d'usine)</t>
   </si>