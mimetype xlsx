--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -179,51 +179,51 @@
   <si>
     <t>WiFi</t>
   </si>
   <si>
     <t>oui (Intégré, 802.11ac)</t>
   </si>
   <si>
     <t>Matériel</t>
   </si>
   <si>
     <t>CPU: A73*4+A53*4, GPU: G52 MP8, RAM: 4G, Rom: 32GB</t>
   </si>
   <si>
     <t>Durée maximum d'utilisation en discontinue</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Lecteur Media</t>
   </si>
   <si>
     <t>oui</t>
   </si>
   <si>
-    <t>Matière du cadre</t>
+    <t>Boîtier (cadre)</t>
   </si>
   <si>
     <t>metal</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>Langues OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, CN, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Boutons de contrôle</t>
   </si>
   <si>
     <t>Alimentation</t>
   </si>
   <si>
     <t>Paramètres réglables</t>
   </si>
   <si>
     <t>image (luminosité, contraste, netteté, niveau de noir, teinte, couleur, réduction du bruit, sélection du gamma, faible lumière bleue, température de couleur, contrôle de la couleur, réinitialisation de l'image), écran (mode zoom, zoom personnalisé, réinitialisation de l'écran), audio (balance, aigus, basses, volume, sortie audio, volume maximum, volume minimum, sourdine, réinitialisation audio, synchronisation de la sortie audio, réinitialisation des haut-parleurs), configuation 1 (lanceur Android, état de mise sous tension, sauvegarde du panneau, Routage RS-232, démarrage sur source, WOL, réinitialisation de la configuration 1, réinitialisation aux paramètres d'usine), configuration 2 (délai d'attente OSD, position-H OSD, position-V OSD, rotation du système, informations OSD, logo et animation, réglage du logo, réglage de l'animation, ID du moniteur, informations du moniteur, version HDMI, réinitialisation de la configuration 2), option avancée (pas de signal d'image, contrôle IR, lumière LED d'alimentation, minuteur d'arrêt, calendrier, HDMI avec un câble, HDMI avec mise hors tension à un câble, FailOver, langue, transparence OSD, économie d'énergie, mise hors tension automatique, réinitialisation de l'option avancée)</t>
   </si>