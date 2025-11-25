--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -283,51 +283,51 @@
   <si>
     <t>Durée maximum d'utilisation en discontinue</t>
   </si>
   <si>
     <t>16/7</t>
   </si>
   <si>
     <t>Anti rétention d'image</t>
   </si>
   <si>
     <t>Lecteur Media</t>
   </si>
   <si>
     <t>Epaisseur du verre</t>
   </si>
   <si>
     <t>3mm</t>
   </si>
   <si>
     <t>Dûreté du verre</t>
   </si>
   <si>
     <t>7H</t>
   </si>
   <si>
-    <t>Matière du cadre</t>
+    <t>Boîtier (cadre)</t>
   </si>
   <si>
     <t>metal</t>
   </si>
   <si>
     <t>Blocage OSD</t>
   </si>
   <si>
     <t>GENERAL</t>
   </si>
   <si>
     <t>Langues OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, CZ, NL, PL, CAT, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Boutons de contrôle</t>
   </si>
   <si>
     <t>Alimentation, Indicateur d'alimentation, Capteur à distance, Capteur de lumière ambiante, Connecteur USB-C (3.2), Connecteur USB (3.2), Indicateur de microphone</t>
   </si>
   <si>
     <t>Paramètres réglables</t>
   </si>